--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -1573,51 +1573,51 @@
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7"/>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>41</v>
       </c>
       <c r="K30" s="7">
         <v>97</v>
       </c>
       <c r="L30" s="7">
         <v>0</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>42</v>
       </c>
       <c r="O30" s="7">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>1</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7"/>
       <c r="B31" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7"/>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
@@ -1948,51 +1948,51 @@
       <c r="B42" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
         <v>31</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">