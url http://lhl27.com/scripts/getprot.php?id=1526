--- v0 (2025-12-11)
+++ v1 (2026-03-05)
@@ -120,54 +120,54 @@
   <si>
     <t>32:26</t>
   </si>
   <si>
     <t>Савченко Евгений</t>
   </si>
   <si>
     <t>Куделин Никита</t>
   </si>
   <si>
     <t>Качковский Константин</t>
   </si>
   <si>
     <t>Говорин Егор</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Болибрух Иван</t>
   </si>
   <si>
     <t>Алексанян Сергей</t>
   </si>
   <si>
+    <t>Деньгин Андрей</t>
+  </si>
+  <si>
     <t>Уральский Павел</t>
-  </si>
-[...1 lines deleted...]
-    <t>Деньгин Андрей</t>
   </si>
   <si>
     <t>Школьный Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Поддубный Виктор</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Фины»</t>
   </si>
   <si>
     <t>Горохов Захар</t>
   </si>