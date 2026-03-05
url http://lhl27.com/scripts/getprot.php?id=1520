--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -111,141 +111,141 @@
   <si>
     <t>Моисеенко Артем</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Егорычев Евгений</t>
   </si>
   <si>
     <t>Шахматов Сергей</t>
   </si>
   <si>
     <t>Доценко Владимир</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Ивашкин Роман</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
+    <t>Троценко Антон</t>
+  </si>
+  <si>
     <t>Середа Андрей</t>
   </si>
   <si>
-    <t>Троценко Антон</t>
-[...1 lines deleted...]
-  <si>
     <t>Куракин Григорий</t>
   </si>
   <si>
     <t>Борисов Егор</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Родионов Андрей</t>
   </si>
   <si>
     <t>Колюбанов Денис</t>
   </si>
   <si>
     <t>Кошель Виталий</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Викинги»</t>
   </si>
   <si>
     <t>10-10</t>
   </si>
   <si>
     <t>28-00</t>
   </si>
   <si>
     <t>Кокарев Петр</t>
   </si>
   <si>
     <t>44-11</t>
   </si>
   <si>
     <t>Жалнин Денис</t>
   </si>
   <si>
+    <t>Шкинев Юрий</t>
+  </si>
+  <si>
     <t>Абрамов Алексей</t>
   </si>
   <si>
-    <t>Шкинев Юрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>Степанов Станислав</t>
   </si>
   <si>
     <t>Соловьев Сергей</t>
   </si>
   <si>
     <t>Колбин Валерий</t>
   </si>
   <si>
     <t>Востриков Максим</t>
   </si>
   <si>
     <t>Первушов Александр</t>
   </si>
   <si>
     <t>Берба Алексей</t>
   </si>
   <si>
     <t>Жгарев Валерий</t>
   </si>
   <si>
     <t>Дюжов Михаил</t>
   </si>
   <si>
+    <t>Афанасьев Михаил</t>
+  </si>
+  <si>
     <t>Дюжов Данил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Афанасьев Михаил</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1144,78 +1144,78 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>22</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>22</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>23</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
@@ -1710,78 +1710,78 @@
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>13</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>13</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>18</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>