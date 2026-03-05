--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -111,63 +111,63 @@
   <si>
     <t>04:35</t>
   </si>
   <si>
     <t>Вьюнов Александр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>26:50</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>Шешуков Владимир</t>
   </si>
   <si>
     <t>38:34</t>
   </si>
   <si>
     <t>14:39</t>
   </si>
   <si>
+    <t>Болдырев Владимир</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>44:51</t>
+  </si>
+  <si>
+    <t>21:59</t>
+  </si>
+  <si>
     <t>Ахметшин Диан</t>
-  </si>
-[...10 lines deleted...]
-    <t>Болдырев Владимир</t>
   </si>
   <si>
     <t>29:59</t>
   </si>
   <si>
     <t>Федоров Евгений</t>
   </si>
   <si>
     <t>Борисов Сергей</t>
   </si>
   <si>
     <t>Деменюк Константин</t>
   </si>
   <si>
     <t>Саксонин Дмитрий</t>
   </si>
   <si>
     <t>Фокин Евгений</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Грязнов Максим</t>
   </si>