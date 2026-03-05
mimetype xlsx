--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -90,63 +90,63 @@
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>28:32</t>
   </si>
   <si>
     <t>10:35</t>
   </si>
   <si>
+    <t>Рехин Владислав</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>29:21</t>
+  </si>
+  <si>
+    <t>24:24</t>
+  </si>
+  <si>
     <t>Воронов Александр</t>
-  </si>
-[...10 lines deleted...]
-    <t>Рехин Владислав</t>
   </si>
   <si>
     <t>42:07</t>
   </si>
   <si>
     <t>Кушнарев Олег</t>
   </si>
   <si>
     <t>Шандараев Игорь</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Корчагин Руслан</t>
   </si>
   <si>
     <t>Стариков Михаил</t>
   </si>
   <si>
     <t>Довбня Никита</t>
   </si>
   <si>
     <t>Дмитриев Данил</t>
   </si>