--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -195,63 +195,63 @@
   <si>
     <t>41:42</t>
   </si>
   <si>
     <t>Ятченко Роман</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Щетинин Валерий</t>
   </si>
   <si>
     <t>Боровиков Алексей</t>
   </si>
   <si>
     <t>Зо Алексей</t>
   </si>
   <si>
     <t>Тверсков Андрей</t>
   </si>
   <si>
     <t>Евстафьев Кирилл</t>
   </si>
   <si>
+    <t>Ким Дмитрий</t>
+  </si>
+  <si>
     <t>Дивиченко Андрей</t>
   </si>
   <si>
-    <t>Ким Дмитрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Чье Бу</t>
   </si>
   <si>
+    <t>Деев Дмитрий</t>
+  </si>
+  <si>
     <t>Васильев Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Деев Дмитрий</t>
   </si>
   <si>
     <t>Грунин Алексей</t>
   </si>
   <si>
     <t>Россейкин Максим</t>
   </si>
   <si>
     <t>Белковский Константин</t>
   </si>
   <si>
     <t>Гетьман Сергей</t>
   </si>
   <si>
     <t>Ким Александр</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
@@ -1921,78 +1921,78 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>55</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>55</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>71</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
@@ -2002,78 +2002,78 @@
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>72</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
       <c r="G43" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>72</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>73</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>