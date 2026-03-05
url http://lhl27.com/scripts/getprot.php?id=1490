--- v0 (2026-03-03)
+++ v1 (2026-03-05)
@@ -195,54 +195,54 @@
   <si>
     <t>Глухоедов Артем</t>
   </si>
   <si>
     <t>14:45</t>
   </si>
   <si>
     <t>44:46</t>
   </si>
   <si>
     <t>Хуторской Олег</t>
   </si>
   <si>
     <t>32:21</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>Достов Роман</t>
   </si>
   <si>
     <t>42:20</t>
   </si>
   <si>
+    <t>Сабунаев Алексей</t>
+  </si>
+  <si>
     <t>Серецкий Максим</t>
-  </si>
-[...1 lines deleted...]
-    <t>Сабунаев Алексей</t>
   </si>
   <si>
     <t>Форкачев Борис</t>
   </si>
   <si>
     <t>Курилюк Сергей</t>
   </si>
   <si>
     <t>Щукин Максим</t>
   </si>
   <si>
     <t>Танасийчук Александр</t>
   </si>
   <si>
     <t>Катрич Дмитрий</t>
   </si>
   <si>
     <t>Рязанов Яков</t>
   </si>
   <si>
     <t>Усков Сергей</t>
   </si>
   <si>
     <t>Петренко Максим</t>
   </si>
@@ -1818,78 +1818,78 @@
       <c r="L33" s="7">
         <v>4</v>
       </c>
       <c r="M33" s="7">
         <v>0</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>10</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>10</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>13</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>