--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -2047,51 +2047,51 @@
       <c r="B44" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
         <v>22</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
         <v>26</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">