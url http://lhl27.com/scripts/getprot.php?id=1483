--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -189,60 +189,60 @@
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>14:41</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>19:30</t>
   </si>
   <si>
     <t>25:31</t>
   </si>
   <si>
     <t>Куць Никита</t>
   </si>
   <si>
     <t>21:49</t>
   </si>
   <si>
     <t>27:22</t>
   </si>
   <si>
+    <t>Хан Александр</t>
+  </si>
+  <si>
+    <t>25:47</t>
+  </si>
+  <si>
+    <t>40:22</t>
+  </si>
+  <si>
     <t>Лисовский Игорь</t>
-  </si>
-[...7 lines deleted...]
-    <t>Хан Александр</t>
   </si>
   <si>
     <t>29:22</t>
   </si>
   <si>
     <t>Ятманов Сергей</t>
   </si>
   <si>
     <t>Степанов Павел</t>
   </si>
   <si>
     <t>Колодий Михаил</t>
   </si>
   <si>
     <t>Чернухин Егор</t>
   </si>
   <si>
     <t>Мерк Иван</t>
   </si>
   <si>
     <t>Белик Сергей</t>
   </si>
   <si>
     <t>Чечелев Егор</t>
   </si>