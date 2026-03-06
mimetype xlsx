--- v0 (2025-12-11)
+++ v1 (2026-03-06)
@@ -183,57 +183,57 @@
   <si>
     <t>18:32</t>
   </si>
   <si>
     <t>08:50</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>21:00</t>
   </si>
   <si>
     <t>11:52</t>
   </si>
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
     <t>25:19</t>
   </si>
   <si>
     <t>38:36</t>
   </si>
   <si>
+    <t>Черкес Кирилл</t>
+  </si>
+  <si>
+    <t>45:00</t>
+  </si>
+  <si>
     <t>Селихов Алексей</t>
-  </si>
-[...4 lines deleted...]
-    <t>Черкес Кирилл</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Скляров Артем</t>
   </si>
   <si>
     <t>Левицкий Алексей</t>
   </si>
   <si>
     <t>Швец Александр</t>
   </si>
   <si>
     <t>Мишустин Юрий</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
     <t>Лихоманов Алексей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>