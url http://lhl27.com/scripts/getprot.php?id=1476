--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -2020,51 +2020,51 @@
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>30</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>70</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>