--- v1 (2026-03-05)
+++ v2 (2026-03-06)
@@ -234,54 +234,54 @@
   <si>
     <t>Егоров Марк</t>
   </si>
   <si>
     <t>Веремейчик Вячеслав</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>Соколов Павел</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
     <t>Лебедев Юрий</t>
   </si>
   <si>
     <t>Семендяев Евгений</t>
   </si>
   <si>
     <t>Пьянзин Виталий</t>
   </si>
   <si>
+    <t>Крутский Валерий</t>
+  </si>
+  <si>
     <t>Браславский Леонид</t>
-  </si>
-[...1 lines deleted...]
-    <t>Крутский Валерий</t>
   </si>
   <si>
     <t>Гребенюк Александр</t>
   </si>
   <si>
     <t>Пономарев Дмитрий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -2128,78 +2128,78 @@
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>88</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>88</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>91</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>