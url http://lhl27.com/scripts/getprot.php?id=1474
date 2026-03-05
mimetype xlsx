--- v0 (2025-12-06)
+++ v1 (2026-03-05)
@@ -141,123 +141,123 @@
   <si>
     <t>Бабич Илья</t>
   </si>
   <si>
     <t>44:07</t>
   </si>
   <si>
     <t>Хританков Кирилл</t>
   </si>
   <si>
     <t>Вязников Павел</t>
   </si>
   <si>
     <t>Егоров Марк</t>
   </si>
   <si>
     <t>Веремейчик Вячеслав</t>
   </si>
   <si>
     <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
+    <t>Лебедев Юрий</t>
+  </si>
+  <si>
+    <t>Семендяев Евгений</t>
+  </si>
+  <si>
+    <t>Крутский Валерий</t>
+  </si>
+  <si>
+    <t>Браславский Леонид</t>
+  </si>
+  <si>
+    <t>Гребенюк Александр</t>
+  </si>
+  <si>
+    <t>Пономарев Дмитрий</t>
+  </si>
+  <si>
+    <t>Ромашкин Евгений</t>
+  </si>
+  <si>
+    <t>Главный тренер</t>
+  </si>
+  <si>
+    <t>Подписи</t>
+  </si>
+  <si>
+    <t>Команда « Б » «Центурион»</t>
+  </si>
+  <si>
+    <t>9:22</t>
+  </si>
+  <si>
+    <t>Коровин Антон</t>
+  </si>
+  <si>
+    <t>19:18</t>
+  </si>
+  <si>
+    <t>Вяткин Алексей</t>
+  </si>
+  <si>
+    <t>27:45</t>
+  </si>
+  <si>
+    <t>Селихов Алексей</t>
+  </si>
+  <si>
+    <t>29:25</t>
+  </si>
+  <si>
+    <t>Черкес Кирилл</t>
+  </si>
+  <si>
+    <t>35:27</t>
+  </si>
+  <si>
+    <t>Коваленко Петр</t>
+  </si>
+  <si>
+    <t>Скляров Артем</t>
+  </si>
+  <si>
+    <t>42:24</t>
+  </si>
+  <si>
+    <t>Левицкий Алексей</t>
+  </si>
+  <si>
+    <t>Писарев Павел</t>
+  </si>
+  <si>
     <t>Вр</t>
-  </si>
-[...70 lines deleted...]
-    <t>Писарев Павел</t>
   </si>
   <si>
     <t>Швец Александр</t>
   </si>
   <si>
     <t>Мишустин Юрий</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
   <si>
     <t>Феденович Александр</t>
   </si>
   <si>
     <t>Карпов Арсений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
@@ -1260,233 +1260,233 @@
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>30</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>70</v>
       </c>
       <c r="B16" s="12" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>
       <c r="G16" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="6"/>
       <c r="I16" s="6"/>
       <c r="J16" s="6"/>
       <c r="K16" s="6"/>
       <c r="L16" s="6"/>
       <c r="M16" s="8"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" s="5">
         <v>71</v>
       </c>
       <c r="B17" s="12" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
         <v>88</v>
       </c>
       <c r="B18" s="12" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
         <v>88</v>
       </c>
       <c r="B19" s="12" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
         <v>91</v>
       </c>
       <c r="B20" s="12" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
         <v>94</v>
       </c>
       <c r="B21" s="12" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
         <v>100</v>
       </c>
       <c r="B22" s="12" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5"/>
       <c r="B23" s="12"/>
       <c r="C23" s="13"/>
@@ -1550,76 +1550,76 @@
       <c r="S25" s="10"/>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" s="5"/>
       <c r="B26" s="12"/>
       <c r="C26" s="13"/>
       <c r="D26" s="13"/>
       <c r="E26" s="13"/>
       <c r="F26" s="14"/>
       <c r="G26" s="5"/>
       <c r="H26" s="6"/>
       <c r="I26" s="6"/>
       <c r="J26" s="6"/>
       <c r="K26" s="6"/>
       <c r="L26" s="6"/>
       <c r="M26" s="8"/>
       <c r="N26" s="6"/>
       <c r="O26" s="6"/>
       <c r="P26" s="6"/>
       <c r="Q26" s="6"/>
       <c r="R26" s="6"/>
       <c r="S26" s="6"/>
     </row>
     <row r="27" spans="1:19">
       <c r="A27" s="15" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B27" s="15"/>
       <c r="C27" s="15"/>
       <c r="D27" s="15"/>
       <c r="E27" s="15"/>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="15"/>
       <c r="K27" s="15"/>
       <c r="L27" s="15" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M27" s="15"/>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27" s="15"/>
       <c r="S27" s="15"/>
     </row>
     <row r="28" spans="1:19" customHeight="1" ht="12" s="3" customFormat="1">
       <c r="A28" s="17" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B28" s="17"/>
       <c r="C28" s="17"/>
       <c r="D28" s="17"/>
       <c r="E28" s="17"/>
       <c r="F28" s="17"/>
       <c r="G28" s="17"/>
       <c r="H28" s="18" t="s">
         <v>7</v>
       </c>
       <c r="I28" s="18"/>
       <c r="J28" s="18"/>
       <c r="K28" s="18"/>
       <c r="L28" s="18"/>
       <c r="M28" s="18"/>
       <c r="N28" s="18" t="s">
         <v>8</v>
       </c>
       <c r="O28" s="18"/>
       <c r="P28" s="18"/>
       <c r="Q28" s="18"/>
       <c r="R28" s="18"/>
       <c r="S28" s="18"/>
     </row>
     <row r="29" spans="1:19">
@@ -1668,314 +1668,314 @@
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7"/>
       <c r="B30" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7"/>
       <c r="H30" s="7"/>
       <c r="I30" s="7"/>
       <c r="J30" s="7"/>
       <c r="K30" s="7"/>
       <c r="L30" s="7"/>
       <c r="M30" s="7"/>
       <c r="N30" s="7" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="O30" s="7">
         <v>9</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>5</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>9</v>
       </c>
       <c r="B31" s="12" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="O31" s="7">
         <v>27</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>1</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>11</v>
       </c>
       <c r="B32" s="12" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="O32" s="7">
         <v>97</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>6</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>12</v>
       </c>
       <c r="B33" s="12" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="O33" s="7">
         <v>55</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>2</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>12</v>
       </c>
       <c r="B34" s="12" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="O34" s="7">
         <v>32</v>
       </c>
       <c r="P34" s="7">
         <v>4</v>
       </c>
       <c r="Q34" s="7">
         <v>19</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>27</v>
       </c>
       <c r="B35" s="12" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7" t="s">
         <v>30</v>
       </c>
       <c r="O35" s="7">
         <v>27</v>
       </c>
       <c r="P35" s="7">
         <v>2</v>
       </c>
       <c r="Q35" s="7">
         <v>3</v>
       </c>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>28</v>
       </c>
       <c r="B36" s="12" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>29</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="O36" s="7">
         <v>55</v>
       </c>
       <c r="P36" s="7">
         <v>2</v>
       </c>
       <c r="Q36" s="7">
         <v>13</v>
       </c>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>32</v>
       </c>
       <c r="B37" s="12" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>25</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>33</v>
       </c>
       <c r="B38" s="12" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>49</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
@@ -2251,64 +2251,64 @@
       <c r="S50" s="10"/>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" s="7"/>
       <c r="B51" s="12"/>
       <c r="C51" s="13"/>
       <c r="D51" s="13"/>
       <c r="E51" s="13"/>
       <c r="F51" s="14"/>
       <c r="G51" s="7"/>
       <c r="H51" s="7"/>
       <c r="I51" s="7"/>
       <c r="J51" s="7"/>
       <c r="K51" s="7"/>
       <c r="L51" s="7"/>
       <c r="M51" s="7"/>
       <c r="N51" s="7"/>
       <c r="O51" s="7"/>
       <c r="P51" s="7"/>
       <c r="Q51" s="7"/>
       <c r="R51" s="7"/>
       <c r="S51" s="7"/>
     </row>
     <row r="52" spans="1:19">
       <c r="A52" s="15" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B52" s="15"/>
       <c r="C52" s="15"/>
       <c r="D52" s="15"/>
       <c r="E52" s="15"/>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15"/>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15"/>
       <c r="L52" s="15" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="M52" s="15"/>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52" s="15"/>
       <c r="S52" s="15"/>
     </row>
     <row r="53" spans="1:19">
       <c r="A53" s="11"/>
       <c r="B53" s="11"/>
       <c r="C53" s="11"/>
       <c r="D53" s="11"/>
       <c r="E53" s="11"/>
       <c r="F53" s="11"/>
       <c r="G53" s="11"/>
       <c r="H53" s="11"/>
       <c r="I53" s="11"/>
       <c r="J53" s="11"/>
       <c r="K53" s="11"/>
       <c r="L53" s="11"/>
       <c r="M53" s="11"/>
       <c r="N53" s="11"/>
       <c r="O53" s="11"/>