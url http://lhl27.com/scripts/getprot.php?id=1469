--- v0 (2025-12-09)
+++ v1 (2026-03-05)
@@ -1818,51 +1818,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>30</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>32</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>