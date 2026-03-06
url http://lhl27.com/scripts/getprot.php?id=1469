--- v1 (2026-03-05)
+++ v2 (2026-03-06)
@@ -105,62 +105,62 @@
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>28:00</t>
   </si>
   <si>
     <t>37:00</t>
   </si>
   <si>
     <t>Куць Никита</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>41:20</t>
   </si>
   <si>
+    <t>Лисовский Игорь</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>44:50</t>
+  </si>
+  <si>
     <t>Хан Александр</t>
   </si>
   <si>
-    <t>Нп</t>
-[...7 lines deleted...]
-  <si>
     <t>Ятманов Сергей</t>
   </si>
   <si>
     <t>Степанов Павел</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Колодий Михаил</t>
   </si>
   <si>
     <t>Чернухин Егор</t>
   </si>
   <si>
     <t>Мерк Иван</t>
   </si>
   <si>
     <t>Бондарь Николай</t>
   </si>
   <si>
     <t>Чечелев Егор</t>
   </si>
   <si>
     <t>Ходячих Александр</t>
@@ -174,54 +174,54 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Центурион»</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>42:30</t>
   </si>
   <si>
     <t>22:00</t>
   </si>
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
     <t>36:00</t>
   </si>
   <si>
+    <t>Черкес Кирилл</t>
+  </si>
+  <si>
     <t>Селихов Алексей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Черкес Кирилл</t>
   </si>
   <si>
     <t>Голощапов Николай</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Скляров Артем</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
     <t>Левицкий Алексей</t>
   </si>
   <si>
     <t>Сахно Павел</t>
   </si>
   <si>
     <t>Швец Александр</t>
   </si>
   <si>
     <t>Мишустин Юрий</t>
   </si>