--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -93,63 +93,63 @@
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Трубачев Дмитрий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>13:37</t>
   </si>
   <si>
     <t>07:25</t>
   </si>
   <si>
+    <t>Нагорный Евгений</t>
+  </si>
+  <si>
+    <t>Зщ</t>
+  </si>
+  <si>
+    <t>14:51</t>
+  </si>
+  <si>
+    <t>29:38</t>
+  </si>
+  <si>
     <t>Рязанский Артем</t>
-  </si>
-[...10 lines deleted...]
-    <t>Зщ</t>
   </si>
   <si>
     <t>16:27</t>
   </si>
   <si>
     <t>35:21</t>
   </si>
   <si>
     <t>Локтев Дмитрий</t>
   </si>
   <si>
     <t>Свиридов Валерий</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
     <t>Свиридов Илья</t>
   </si>
   <si>
     <t>Крамской Кирилл</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
@@ -946,96 +946,96 @@
       </c>
       <c r="O5" s="6">
         <v>12</v>
       </c>
       <c r="P5" s="6">
         <v>2</v>
       </c>
       <c r="Q5" s="6">
         <v>13</v>
       </c>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
         <v>12</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H6" s="6">
         <v>2</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K6" s="6">
         <v>9</v>
       </c>
       <c r="L6" s="6">
         <v>90</v>
       </c>
       <c r="M6" s="8">
         <v>99</v>
       </c>
       <c r="N6" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="O6" s="6">
         <v>50</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>25</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>12</v>
       </c>
       <c r="B7" s="12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6"/>
       <c r="J7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="K7" s="6">
         <v>11</v>
       </c>
       <c r="L7" s="6">
         <v>0</v>
       </c>
       <c r="M7" s="8">
         <v>0</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="O7" s="6">
         <v>12</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
@@ -1090,51 +1090,51 @@
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>34</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>49</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
@@ -1171,78 +1171,78 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>77</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>80</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>95</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1586,51 +1586,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>4</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>45</v>
       </c>
       <c r="K30" s="7">
         <v>68</v>
       </c>
       <c r="L30" s="7">
         <v>14</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>46</v>
       </c>
       <c r="O30" s="7">
         <v>4</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>