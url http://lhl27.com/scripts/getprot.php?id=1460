--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -108,150 +108,150 @@
   <si>
     <t>0:13</t>
   </si>
   <si>
     <t>3:55</t>
   </si>
   <si>
     <t>1:03</t>
   </si>
   <si>
     <t>9:22</t>
   </si>
   <si>
     <t>Годун Антон</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>13:13</t>
   </si>
   <si>
     <t>18:55</t>
   </si>
   <si>
+    <t>Заикин Илья</t>
+  </si>
+  <si>
+    <t>14:56</t>
+  </si>
+  <si>
+    <t>22:02</t>
+  </si>
+  <si>
     <t>Коломиец Виктор</t>
   </si>
   <si>
-    <t>14:56</t>
-[...7 lines deleted...]
-  <si>
     <t>15:10</t>
   </si>
   <si>
     <t>25:19</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>17:01</t>
   </si>
   <si>
     <t>27:01</t>
   </si>
   <si>
     <t>Луц Виктор</t>
   </si>
   <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>30:46</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>36:14</t>
   </si>
   <si>
     <t>Зборовский Илья</t>
   </si>
   <si>
-    <t>Вр</t>
-[...1 lines deleted...]
-  <si>
     <t>37:46</t>
   </si>
   <si>
     <t>Якимов Виталий</t>
   </si>
   <si>
     <t>40:00</t>
   </si>
   <si>
     <t>Вишневский Алексей</t>
   </si>
   <si>
     <t>Шевченко Максим</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Центурион»</t>
   </si>
   <si>
     <t>Коровин Антон</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>23:25</t>
   </si>
   <si>
+    <t>Селихов Алексей</t>
+  </si>
+  <si>
+    <t>38:22</t>
+  </si>
+  <si>
     <t>Черкес Кирилл</t>
-  </si>
-[...4 lines deleted...]
-    <t>Селихов Алексей</t>
   </si>
   <si>
     <t>Стиба Евгений</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Скляров Артем</t>
   </si>
   <si>
     <t>Левицкий Алексей</t>
   </si>
   <si>
     <t>Сахно Павел</t>
   </si>
   <si>
     <t>Швец Александр</t>
   </si>
   <si>
     <t>Мишустин Юрий</t>
   </si>
   <si>
     <t>Родькин Сергей</t>
   </si>
@@ -1197,133 +1197,133 @@
       </c>
       <c r="O10" s="6">
         <v>16</v>
       </c>
       <c r="P10" s="6">
         <v>2</v>
       </c>
       <c r="Q10" s="6">
         <v>19</v>
       </c>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>29</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="H11" s="6">
         <v>7</v>
       </c>
       <c r="I11" s="6"/>
       <c r="J11" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K11" s="6">
         <v>91</v>
       </c>
       <c r="L11" s="6">
         <v>55</v>
       </c>
       <c r="M11" s="8">
         <v>0</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>39</v>
       </c>
       <c r="O11" s="6">
         <v>16</v>
       </c>
       <c r="P11" s="6">
         <v>10</v>
       </c>
       <c r="Q11" s="6">
         <v>33</v>
       </c>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
         <v>33</v>
       </c>
       <c r="B12" s="12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H12" s="6">
         <v>8</v>
       </c>
       <c r="I12" s="6"/>
       <c r="J12" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K12" s="6">
         <v>55</v>
       </c>
       <c r="L12" s="6">
         <v>91</v>
       </c>
       <c r="M12" s="8">
         <v>77</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>79</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="H13" s="6">
         <v>9</v>
       </c>
       <c r="I13" s="6"/>
       <c r="J13" s="6" t="s">
         <v>46</v>
       </c>
       <c r="K13" s="6">
         <v>55</v>
       </c>
       <c r="L13" s="6">
         <v>91</v>
       </c>
       <c r="M13" s="8">
         <v>0</v>
       </c>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
@@ -1884,51 +1884,51 @@
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
         <v>19</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>27</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>