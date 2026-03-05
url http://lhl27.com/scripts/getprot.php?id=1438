--- v0 (2026-03-04)
+++ v1 (2026-03-05)
@@ -129,54 +129,54 @@
   <si>
     <t>Хританков Кирилл</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45-00</t>
   </si>
   <si>
     <t>22-01</t>
   </si>
   <si>
     <t>Вязников Павел</t>
   </si>
   <si>
     <t>25-25</t>
   </si>
   <si>
     <t>Егоров Марк</t>
   </si>
   <si>
+    <t>Веремейчик Вячеслав</t>
+  </si>
+  <si>
     <t>Кувшинов Сергей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Веремейчик Вячеслав</t>
   </si>
   <si>
     <t>Соколов Павел</t>
   </si>
   <si>
     <t>Бояркин Владимир</t>
   </si>
   <si>
     <t>Стецков Сергей</t>
   </si>
   <si>
     <t>Лебедев Юрий</t>
   </si>
   <si>
     <t>Браславский Леонид</t>
   </si>
   <si>
     <t>Крутский Валерий</t>
   </si>
   <si>
     <t>Гребенюк Александр</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>