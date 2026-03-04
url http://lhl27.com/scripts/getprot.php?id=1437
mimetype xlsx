--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -126,54 +126,54 @@
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>42-14</t>
   </si>
   <si>
     <t>Ильющенко Данила</t>
   </si>
   <si>
     <t>Овчинников Илья</t>
   </si>
   <si>
     <t>Годинов Андрей</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Гаврилюк Максим</t>
   </si>
   <si>
+    <t>Еникеев Дмитрий</t>
+  </si>
+  <si>
     <t>Шатун Михаил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Еникеев Дмитрий</t>
   </si>
   <si>
     <t>Сафронов Евгений</t>
   </si>
   <si>
     <t>Спицкий Алексей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Rock-n-Rolla»</t>
   </si>
   <si>
     <t>Соломоненко Александр</t>
   </si>
   <si>
     <t>02-17</t>
   </si>
   <si>
     <t>Федоров Никита</t>
   </si>