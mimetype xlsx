--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -93,62 +93,62 @@
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>2:53</t>
   </si>
   <si>
     <t>8-13</t>
   </si>
   <si>
     <t>8-57</t>
   </si>
   <si>
+    <t>Коломиец Виктор</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
+    <t>15-00</t>
+  </si>
+  <si>
     <t>Заикин Илья</t>
   </si>
   <si>
-    <t>Нп</t>
-[...7 lines deleted...]
-  <si>
     <t>20-02</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>38-41</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Алемасов Андрей</t>
   </si>
   <si>
     <t>Гринчук Владимир</t>
   </si>
   <si>
     <t>Степанов Сергей</t>
   </si>
   <si>
     <t>Зборовский Илья</t>
@@ -192,63 +192,63 @@
   <si>
     <t>Окунев Михаил</t>
   </si>
   <si>
     <t>ПВ</t>
   </si>
   <si>
     <t>44-11</t>
   </si>
   <si>
     <t>Туезов Владислав</t>
   </si>
   <si>
     <t>Лопухов Егор</t>
   </si>
   <si>
     <t>Петросян Александр</t>
   </si>
   <si>
     <t>Трещенко Артём</t>
   </si>
   <si>
     <t>Кретов Максим</t>
   </si>
   <si>
+    <t>Батеев Владимир</t>
+  </si>
+  <si>
     <t>Кашкин Евгений</t>
   </si>
   <si>
-    <t>Батеев Владимир</t>
-[...1 lines deleted...]
-  <si>
     <t>Телепнев Валентин</t>
   </si>
   <si>
+    <t>Баськов Денис</t>
+  </si>
+  <si>
     <t>Лазутин Юрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Баськов Денис</t>
   </si>
   <si>
     <t>Бондаренко Тарас</t>
   </si>
   <si>
     <t>Наприенко Сергей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
@@ -1948,78 +1948,78 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>83</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>83</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>88</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>