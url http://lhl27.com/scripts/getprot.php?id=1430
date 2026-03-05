--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -129,108 +129,108 @@
   <si>
     <t>Кокарев Петр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Акшонов Игорь</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Абрамов Алексей</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
     <t>Степанов Станислав</t>
   </si>
   <si>
     <t>Пшеничнов Максим</t>
   </si>
   <si>
+    <t>Кириленко Евгений</t>
+  </si>
+  <si>
     <t>Соловьев Сергей</t>
   </si>
   <si>
     <t>Колбин Валерий</t>
   </si>
   <si>
-    <t>Кириленко Евгений</t>
-[...1 lines deleted...]
-  <si>
     <t>Коротич Алексей</t>
   </si>
   <si>
     <t>Кузнецов Глеб</t>
   </si>
   <si>
     <t>Попов Олег</t>
   </si>
   <si>
     <t>Жгарев Валерий</t>
   </si>
   <si>
     <t>Дюжов Данил</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хабрайон»</t>
   </si>
   <si>
     <t>01:04</t>
   </si>
   <si>
     <t>02:20</t>
   </si>
   <si>
     <t>Тортоев Василий</t>
   </si>
   <si>
     <t>05:31</t>
   </si>
   <si>
     <t>07:42</t>
   </si>
   <si>
+    <t>Коломиец Виктор</t>
+  </si>
+  <si>
+    <t>13:20</t>
+  </si>
+  <si>
+    <t>11:08</t>
+  </si>
+  <si>
     <t>Заикин Илья</t>
-  </si>
-[...7 lines deleted...]
-    <t>Коломиец Виктор</t>
   </si>
   <si>
     <t>26:10</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>29:58</t>
   </si>
   <si>
     <t>22:12</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>43:38</t>
   </si>
   <si>
     <t>38:25</t>
   </si>