--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -120,54 +120,54 @@
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>35:51</t>
   </si>
   <si>
     <t>23:17</t>
   </si>
   <si>
     <t>Гутов Иван</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>31:01</t>
   </si>
   <si>
     <t>Дерябин Владислав</t>
   </si>
   <si>
     <t>33:12</t>
   </si>
   <si>
+    <t>Сапежников Владимир</t>
+  </si>
+  <si>
     <t>Шершнев Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Сапежников Владимир</t>
   </si>
   <si>
     <t>39:48</t>
   </si>
   <si>
     <t>Кумыков Андрей</t>
   </si>
   <si>
     <t>Сапежников Алексей</t>
   </si>
   <si>
     <t>Деньгин Андрей</t>
   </si>
   <si>
     <t>Башук Антон</t>
   </si>
   <si>
     <t>Авилов Андрей</t>
   </si>
   <si>
     <t>Гущин Сергей</t>
   </si>
   <si>
     <t>Смирнов Евгений</t>
   </si>