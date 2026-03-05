--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -165,54 +165,54 @@
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Метеор»</t>
   </si>
   <si>
     <t>Подкопаев Филипп</t>
   </si>
   <si>
     <t>11-18</t>
   </si>
   <si>
     <t>Петросян Александр</t>
   </si>
   <si>
     <t>Аксиненко Олег</t>
   </si>
   <si>
     <t>Трещенко Артём</t>
   </si>
   <si>
     <t>Батеев Владимир</t>
   </si>
   <si>
+    <t>Баськов Денис</t>
+  </si>
+  <si>
     <t>Лазутин Юрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Баськов Денис</t>
   </si>
   <si>
     <t>Бондаренко Тарас</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1691,78 +1691,78 @@
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>83</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>83</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>88</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>