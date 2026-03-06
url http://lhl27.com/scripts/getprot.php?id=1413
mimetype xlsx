--- v0 (2025-12-08)
+++ v1 (2026-03-06)
@@ -123,54 +123,54 @@
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>27:43</t>
   </si>
   <si>
     <t>38:43</t>
   </si>
   <si>
     <t>Бирюков Александр</t>
   </si>
   <si>
     <t>37:04</t>
   </si>
   <si>
     <t>41:40</t>
   </si>
   <si>
     <t>Трухляев Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Полещук Сергей</t>
+  </si>
+  <si>
     <t>Сергодеев Вячеслав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Полещук Сергей</t>
   </si>
   <si>
     <t>Лавриненко Денис</t>
   </si>
   <si>
     <t>Глушков Фёдор</t>
   </si>
   <si>
     <t>Сычугов Роман</t>
   </si>
   <si>
     <t>Ткачев Юрий</t>
   </si>
   <si>
     <t>Лукьянов Александр</t>
   </si>
   <si>
     <t>Мурашкин Степан</t>
   </si>
   <si>
     <t>Репин Виктор</t>
   </si>
   <si>
     <t>Анисимов Александр</t>
   </si>