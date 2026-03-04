--- v0 (2025-12-10)
+++ v1 (2026-03-04)
@@ -1340,51 +1340,51 @@
       <c r="B19" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
         <v>31</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">