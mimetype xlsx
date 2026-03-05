--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -93,63 +93,63 @@
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Дьяконенко Иван</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>25:54</t>
   </si>
   <si>
+    <t>Прокопчик Николай</t>
+  </si>
+  <si>
+    <t>18:50</t>
+  </si>
+  <si>
+    <t>27:36</t>
+  </si>
+  <si>
     <t>Бичевой Денис</t>
   </si>
   <si>
     <t>Зщ</t>
-  </si>
-[...7 lines deleted...]
-    <t>Прокопчик Николай</t>
   </si>
   <si>
     <t>42:00</t>
   </si>
   <si>
     <t>33:06</t>
   </si>
   <si>
     <t>Лупич Петр</t>
   </si>
   <si>
     <t>36:40</t>
   </si>
   <si>
     <t>Федоренко Андрей</t>
   </si>
   <si>
     <t>44:01</t>
   </si>
   <si>
     <t>Щебеньков Игорь</t>
   </si>
   <si>
     <t>Кузнецов Александр</t>
   </si>
@@ -991,96 +991,96 @@
       </c>
       <c r="O5" s="6">
         <v>44</v>
       </c>
       <c r="P5" s="6">
         <v>2</v>
       </c>
       <c r="Q5" s="6">
         <v>2</v>
       </c>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
         <v>15</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H6" s="6">
         <v>2</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K6" s="6">
         <v>35</v>
       </c>
       <c r="L6" s="6">
         <v>99</v>
       </c>
       <c r="M6" s="8">
         <v>0</v>
       </c>
       <c r="N6" s="6" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="O6" s="6">
         <v>96</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>3</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>15</v>
       </c>
       <c r="B7" s="12" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="H7" s="6">
         <v>3</v>
       </c>
       <c r="I7" s="6"/>
       <c r="J7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="K7" s="6">
         <v>99</v>
       </c>
       <c r="L7" s="6">
         <v>90</v>
       </c>
       <c r="M7" s="8">
         <v>35</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>31</v>
       </c>
       <c r="O7" s="6">
         <v>90</v>
       </c>
       <c r="P7" s="6">
         <v>2</v>
@@ -1151,51 +1151,51 @@
       </c>
       <c r="O9" s="6">
         <v>8</v>
       </c>
       <c r="P9" s="6">
         <v>2</v>
       </c>
       <c r="Q9" s="6">
         <v>2</v>
       </c>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
         <v>44</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
         <v>72</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
@@ -1641,51 +1641,51 @@
       <c r="P29" s="7" t="s">
         <v>17</v>
       </c>
       <c r="Q29" s="7" t="s">
         <v>18</v>
       </c>
       <c r="R29" s="7" t="s">
         <v>19</v>
       </c>
       <c r="S29" s="7" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" s="7">
         <v>3</v>
       </c>
       <c r="B30" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C30" s="13"/>
       <c r="D30" s="13"/>
       <c r="E30" s="13"/>
       <c r="F30" s="14"/>
       <c r="G30" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H30" s="7">
         <v>1</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7" t="s">
         <v>46</v>
       </c>
       <c r="K30" s="7">
         <v>10</v>
       </c>
       <c r="L30" s="7">
         <v>11</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>24</v>
       </c>
       <c r="O30" s="7">
         <v>84</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
@@ -1731,51 +1731,51 @@
       </c>
       <c r="O31" s="7">
         <v>13</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>2</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>9</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H32" s="7">
         <v>3</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7" t="s">
         <v>51</v>
       </c>
       <c r="K32" s="7">
         <v>17</v>
       </c>
       <c r="L32" s="7">
         <v>0</v>
       </c>
       <c r="M32" s="7">
         <v>0</v>
       </c>
       <c r="N32" s="7" t="s">
         <v>52</v>
       </c>
       <c r="O32" s="7">
         <v>90</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
@@ -1914,51 +1914,51 @@
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
         <v>17</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>19</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
@@ -1968,51 +1968,51 @@
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>25</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>26</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>63</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
@@ -2022,78 +2022,78 @@
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
         <v>33</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>37</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
       <c r="G42" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" s="7">
         <v>61</v>
       </c>
       <c r="B43" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C43" s="13"/>
       <c r="D43" s="13"/>
       <c r="E43" s="13"/>
       <c r="F43" s="14"/>
@@ -2103,78 +2103,78 @@
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>64</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>69</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
         <v>77</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>69</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
@@ -2238,51 +2238,51 @@
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7">
         <v>90</v>
       </c>
       <c r="B49" s="12" t="s">
         <v>72</v>
       </c>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>
       <c r="G49" s="7" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>
       <c r="K49" s="7"/>
       <c r="L49" s="7"/>
       <c r="M49" s="7"/>
       <c r="N49" s="7"/>
       <c r="O49" s="7"/>
       <c r="P49" s="7"/>
       <c r="Q49" s="7"/>
       <c r="R49" s="7"/>
       <c r="S49" s="7"/>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" s="10">
         <v>91</v>
       </c>
       <c r="B50" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C50" s="13"/>
       <c r="D50" s="13"/>
       <c r="E50" s="13"/>
       <c r="F50" s="14"/>