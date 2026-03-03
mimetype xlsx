--- v0 (2025-12-06)
+++ v1 (2026-03-03)
@@ -1341,51 +1341,51 @@
       <c r="B18" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
         <v>32</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">