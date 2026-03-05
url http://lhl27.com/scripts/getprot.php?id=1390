--- v0 (2026-03-04)
+++ v1 (2026-03-05)
@@ -222,54 +222,54 @@
   <si>
     <t>Боровиков Виталий</t>
   </si>
   <si>
     <t>Вьюшин Дмитрий</t>
   </si>
   <si>
     <t>Чигиринских Роман</t>
   </si>
   <si>
     <t>Дзелинга Сергей</t>
   </si>
   <si>
     <t>Петров Андрей</t>
   </si>
   <si>
     <t>Чаплинский Илья</t>
   </si>
   <si>
     <t>Маслов Александр</t>
   </si>
   <si>
     <t>Реут Андрей</t>
   </si>
   <si>
+    <t>Пасека Денис</t>
+  </si>
+  <si>
     <t>Линьков Юрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Пасека Денис</t>
   </si>
   <si>
     <t>Кассович Александр</t>
   </si>
   <si>
     <t>Вятский Павел</t>
   </si>
   <si>
     <t>Демичев Александр</t>
   </si>
   <si>
     <t>Иванишко Максим</t>
   </si>
   <si>
     <t>Никитюк Кирилл</t>
   </si>
   <si>
     <t>Марченко Артем</t>
   </si>
   <si>
     <t>Денисов Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>