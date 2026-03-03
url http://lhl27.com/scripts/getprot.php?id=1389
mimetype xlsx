--- v0 (2025-12-10)
+++ v1 (2026-03-03)
@@ -1655,51 +1655,51 @@
       <c r="L30" s="7">
         <v>7</v>
       </c>
       <c r="M30" s="7">
         <v>9</v>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="7"/>
       <c r="P30" s="7"/>
       <c r="Q30" s="7"/>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>30</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7"/>
       <c r="J31" s="7" t="s">
         <v>52</v>
       </c>
       <c r="K31" s="7">
         <v>95</v>
       </c>
       <c r="L31" s="7">
         <v>71</v>
       </c>
       <c r="M31" s="7">
         <v>88</v>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="7"/>
       <c r="P31" s="7"/>
       <c r="Q31" s="7"/>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">