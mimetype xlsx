--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -102,60 +102,60 @@
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t>Зевахин Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>06:40</t>
   </si>
   <si>
     <t>15:50</t>
   </si>
   <si>
     <t>Вяткин Алексей</t>
   </si>
   <si>
     <t>09:47</t>
   </si>
   <si>
     <t>20:56</t>
   </si>
   <si>
+    <t>Черкес Кирилл</t>
+  </si>
+  <si>
+    <t>14:45</t>
+  </si>
+  <si>
+    <t>42:33</t>
+  </si>
+  <si>
     <t>Селихов Алексей</t>
-  </si>
-[...7 lines deleted...]
-    <t>Черкес Кирилл</t>
   </si>
   <si>
     <t>24:05</t>
   </si>
   <si>
     <t>44:11</t>
   </si>
   <si>
     <t>Стиба Евгений</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>30:54</t>
   </si>
   <si>
     <t>Коваленко Петр</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>ПВ</t>
   </si>