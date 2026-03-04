--- v0 (2025-12-06)
+++ v1 (2026-03-04)
@@ -111,66 +111,66 @@
   <si>
     <t>06:09</t>
   </si>
   <si>
     <t>Примак Альберт</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>08:42</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>27:18</t>
   </si>
   <si>
     <t>Жульмагамбетов Сергей</t>
   </si>
   <si>
+    <t>Солоха Виктор</t>
+  </si>
+  <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
+    <t>Дедковский Сергей</t>
+  </si>
+  <si>
+    <t>Чижов Сергей</t>
+  </si>
+  <si>
+    <t>Казаченко Алексей</t>
+  </si>
+  <si>
     <t>Кирьяк Сергей</t>
-  </si>
-[...13 lines deleted...]
-    <t>Казаченко Алексей</t>
   </si>
   <si>
     <t>Митрофанов Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Полиметалл 2»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>07:40</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
@@ -1017,169 +1017,169 @@
       <c r="B8" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" s="5">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="13"/>
       <c r="F9" s="14"/>
       <c r="G9" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="6"/>
       <c r="I9" s="6"/>
       <c r="J9" s="6"/>
       <c r="K9" s="6"/>
       <c r="L9" s="6"/>
       <c r="M9" s="8"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" s="5">
-        <v>47</v>
+        <v>85</v>
       </c>
       <c r="B10" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="14"/>
       <c r="G10" s="5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H10" s="6"/>
       <c r="I10" s="6"/>
       <c r="J10" s="6"/>
       <c r="K10" s="6"/>
       <c r="L10" s="6"/>
       <c r="M10" s="8"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="6"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" s="5">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B11" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="13"/>
       <c r="F11" s="14"/>
       <c r="G11" s="5" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="H11" s="6"/>
       <c r="I11" s="6"/>
       <c r="J11" s="6"/>
       <c r="K11" s="6"/>
       <c r="L11" s="6"/>
       <c r="M11" s="8"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="6"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" s="5">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B12" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="14"/>
       <c r="G12" s="5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>89</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>