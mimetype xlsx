--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -162,54 +162,54 @@
   <si>
     <t>Садовников Андрей</t>
   </si>
   <si>
     <t>Рудукан Дмитрий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Полиметалл 2»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>20-11</t>
   </si>
   <si>
     <t>34-28</t>
   </si>
   <si>
+    <t>Воронов Александр</t>
+  </si>
+  <si>
     <t>Рехин Владислав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Воронов Александр</t>
   </si>
   <si>
     <t>Кушнарев Олег</t>
   </si>
   <si>
     <t>Корчагин Руслан</t>
   </si>
   <si>
     <t>Галузин Александр</t>
   </si>
   <si>
     <t>Федотов Иван</t>
   </si>
   <si>
     <t>Горовой Вячеслав</t>
   </si>
   <si>
     <t>Довбня Никита</t>
   </si>
   <si>
     <t>Стариков Михаил</t>
   </si>
   <si>
     <t>Железняков Александр</t>
   </si>