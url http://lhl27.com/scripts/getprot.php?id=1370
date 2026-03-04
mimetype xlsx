--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -126,57 +126,57 @@
   <si>
     <t>01:39</t>
   </si>
   <si>
     <t>Мясоеденков Андрей</t>
   </si>
   <si>
     <t>44:16</t>
   </si>
   <si>
     <t>Сафонов Александр</t>
   </si>
   <si>
     <t>Лосев Владимир</t>
   </si>
   <si>
     <t>Ложечник Евгений</t>
   </si>
   <si>
     <t>Старков Кирилл</t>
   </si>
   <si>
     <t>Марченко Андрей</t>
   </si>
   <si>
+    <t>Меньшов Олег</t>
+  </si>
+  <si>
     <t>Тукмаков Игорь</t>
   </si>
   <si>
     <t>Вр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Меньшов Олег</t>
   </si>
   <si>
     <t>Глухов Игорь</t>
   </si>
   <si>
     <t>Ким Артем</t>
   </si>
   <si>
     <t>Гусак Артем</t>
   </si>
   <si>
     <t>Фиалкин Денис</t>
   </si>
   <si>
     <t>Мехельсон Глеб</t>
   </si>
   <si>
     <t>Крейнес Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
@@ -1176,78 +1176,78 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>41</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>41</v>
       </c>
       <c r="B14" s="12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>64</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
@@ -1770,51 +1770,51 @@
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7"/>
       <c r="O34" s="7"/>
       <c r="P34" s="7"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
         <v>41</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>47</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>