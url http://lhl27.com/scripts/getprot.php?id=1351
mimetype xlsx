--- v0 (2025-12-07)
+++ v1 (2025-12-07)
@@ -180,54 +180,54 @@
   <si>
     <t>Команда « Б » «Алькор»</t>
   </si>
   <si>
     <t>23:42</t>
   </si>
   <si>
     <t>21:07</t>
   </si>
   <si>
     <t>43:00</t>
   </si>
   <si>
     <t>Дружков Станислав</t>
   </si>
   <si>
     <t>Третьяков Александр</t>
   </si>
   <si>
     <t>Болоцкий Александр</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
+    <t>Тучин Иван</t>
+  </si>
+  <si>
     <t>Миронов Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Тучин Иван</t>
   </si>
   <si>
     <t>Непомнящий Виталий</t>
   </si>
   <si>
     <t>Ермаков Дмитрий</t>
   </si>
   <si>
     <t>Родионов Сергей</t>
   </si>
   <si>
     <t>Ананин Сергей</t>
   </si>
   <si>
     <t>Гончаров Иван</t>
   </si>
   <si>
     <t>Грудинин Константин</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
@@ -1840,78 +1840,78 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>24</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
         <v>24</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
         <v>57</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>