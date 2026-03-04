--- v1 (2025-12-07)
+++ v2 (2026-03-04)
@@ -123,56 +123,56 @@
   <si>
     <t>44:45</t>
   </si>
   <si>
     <t>37:05</t>
   </si>
   <si>
     <t>Брюханов Артем</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Тымченко Владимир</t>
   </si>
   <si>
     <t>Галушко Александр</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
+    <t>Овечкин Сергей</t>
+  </si>
+  <si>
     <t>Краснопольский Евгений</t>
   </si>
   <si>
-    <t>Овечкин Сергей</t>
-[...1 lines deleted...]
-  <si>
     <t>Тимченко Игорь</t>
   </si>
   <si>
     <t>Трухляев Александр</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Устюжанин Сергей</t>
   </si>
   <si>
     <t>Лисичкин Виталий</t>
   </si>
   <si>
     <t>Ломакин Валерий</t>
   </si>
   <si>
     <t>Добродеев Руслан</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
@@ -198,54 +198,54 @@
   <si>
     <t>Болоцкий Александр</t>
   </si>
   <si>
     <t>Базив Богдан</t>
   </si>
   <si>
     <t>Тучин Иван</t>
   </si>
   <si>
     <t>Миронов Дмитрий</t>
   </si>
   <si>
     <t>Непомнящий Виталий</t>
   </si>
   <si>
     <t>Ермаков Дмитрий</t>
   </si>
   <si>
     <t>Родионов Сергей</t>
   </si>
   <si>
     <t>Ананин Сергей</t>
   </si>
   <si>
+    <t>Грудинин Константин</t>
+  </si>
+  <si>
     <t>Гончаров Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Грудинин Константин</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -2002,78 +2002,78 @@
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>85</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
         <v>85</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7"/>
       <c r="B46" s="12"/>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7"/>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>