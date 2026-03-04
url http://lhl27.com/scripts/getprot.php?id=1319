--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -144,59 +144,59 @@
   <si>
     <t>Ковехов Алексей</t>
   </si>
   <si>
     <t>26:00</t>
   </si>
   <si>
     <t>Питконовий Андрей</t>
   </si>
   <si>
     <t>38:50</t>
   </si>
   <si>
     <t>Бордаковский Александр</t>
   </si>
   <si>
     <t>44:58</t>
   </si>
   <si>
     <t>Учеваткин Максим</t>
   </si>
   <si>
     <t>Долгоруков Виктор</t>
   </si>
   <si>
+    <t>Писарев Павел</t>
+  </si>
+  <si>
+    <t>Вр</t>
+  </si>
+  <si>
     <t>Ширяев Вадим</t>
   </si>
   <si>
-    <t>Писарев Павел</t>
-[...4 lines deleted...]
-  <si>
     <t>Черников Николай</t>
   </si>
   <si>
     <t>Оклей Станислав</t>
   </si>
   <si>
     <t>Евсеев Андрей</t>
   </si>
   <si>
     <t>Сенник Виктор</t>
   </si>
   <si>
     <t>Шкедов Денис</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Викинги»</t>
   </si>
   <si>
     <t>04:50</t>
@@ -231,54 +231,54 @@
   <si>
     <t>Гроза Александр</t>
   </si>
   <si>
     <t>Шкинев Юрий</t>
   </si>
   <si>
     <t>Савин Денис</t>
   </si>
   <si>
     <t>Пшеничнов Максим</t>
   </si>
   <si>
     <t>Колбин Валерий</t>
   </si>
   <si>
     <t>Новоселов Константин</t>
   </si>
   <si>
     <t>Дюжов Илья</t>
   </si>
   <si>
     <t>Дюжов Михаил</t>
   </si>
   <si>
+    <t>Афанасьев Михаил</t>
+  </si>
+  <si>
     <t>Дюжов Данил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Афанасьев Михаил</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1277,78 +1277,78 @@
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>33</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>33</v>
       </c>
       <c r="B15" s="12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>
       <c r="G15" s="5" t="s">
-        <v>44</v>
+        <v>31</v>
       </c>
       <c r="H15" s="6"/>
       <c r="I15" s="6"/>
       <c r="J15" s="6"/>
       <c r="K15" s="6"/>
       <c r="L15" s="6"/>
       <c r="M15" s="8"/>
       <c r="N15" s="6"/>
       <c r="O15" s="6"/>
       <c r="P15" s="6"/>
       <c r="Q15" s="6"/>
       <c r="R15" s="6"/>
       <c r="S15" s="6"/>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" s="5">
         <v>50</v>
       </c>
       <c r="B16" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="14"/>