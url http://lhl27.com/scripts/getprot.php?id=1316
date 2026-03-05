--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -117,54 +117,54 @@
   <si>
     <t>Клименок Иван</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>40:32</t>
   </si>
   <si>
     <t>18:45</t>
   </si>
   <si>
     <t>Аксиненко Олег</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>43:35</t>
   </si>
   <si>
     <t>42:12</t>
   </si>
   <si>
+    <t>Кашкин Евгений</t>
+  </si>
+  <si>
     <t>Батеев Владимир</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кашкин Евгений</t>
   </si>
   <si>
     <t>Телепнев Валентин</t>
   </si>
   <si>
     <t>Баськов Денис</t>
   </si>
   <si>
     <t>Бондаренко Тарас</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Олимпия»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>20:01</t>
   </si>