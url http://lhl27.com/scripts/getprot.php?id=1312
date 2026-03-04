--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -144,96 +144,96 @@
   <si>
     <t>18:05</t>
   </si>
   <si>
     <t>36:34</t>
   </si>
   <si>
     <t>Акшонов Игорь</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>40:54</t>
   </si>
   <si>
     <t>Дмитриев Максим</t>
   </si>
   <si>
     <t>Абрамов Алексей</t>
   </si>
   <si>
     <t>Ходаков Иван</t>
   </si>
   <si>
+    <t>Соловьев Сергей</t>
+  </si>
+  <si>
     <t>Кириленко Евгений</t>
   </si>
   <si>
-    <t>Соловьев Сергей</t>
-[...1 lines deleted...]
-  <si>
     <t>Коротич Алексей</t>
   </si>
   <si>
     <t>Первушов Александр</t>
   </si>
   <si>
     <t>Попов Олег</t>
   </si>
   <si>
     <t>Жгарев Валерий</t>
   </si>
   <si>
     <t>Султанов Эльшан</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «ДПС»</t>
   </si>
   <si>
     <t>0:59</t>
   </si>
   <si>
     <t>5:26</t>
   </si>
   <si>
+    <t>Рязанский Артем</t>
+  </si>
+  <si>
+    <t>29:53</t>
+  </si>
+  <si>
+    <t>15:56</t>
+  </si>
+  <si>
     <t>Нагорный Евгений</t>
-  </si>
-[...7 lines deleted...]
-    <t>Рязанский Артем</t>
   </si>
   <si>
     <t>16:47</t>
   </si>
   <si>
     <t>Локтев Дмитрий</t>
   </si>
   <si>
     <t>34:00</t>
   </si>
   <si>
     <t>Шкуро Роман</t>
   </si>
   <si>
     <t>Копылов Станислав</t>
   </si>
   <si>
     <t>Свиридов Илья</t>
   </si>
   <si>
     <t>Крамской Кирилл</t>
   </si>
   <si>
     <t>Ким Евгений</t>
   </si>
@@ -1700,98 +1700,98 @@
       </c>
       <c r="O30" s="7">
         <v>34</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>5</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
         <v>12</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="H31" s="7">
         <v>2</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>22</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>55</v>
       </c>
       <c r="K31" s="7">
         <v>17</v>
       </c>
       <c r="L31" s="7">
         <v>99</v>
       </c>
       <c r="M31" s="7">
         <v>0</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>56</v>
       </c>
       <c r="O31" s="7">
         <v>77</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>12</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
         <v>58</v>
       </c>
       <c r="O32" s="7">
         <v>80</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>3</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
         <v>17</v>