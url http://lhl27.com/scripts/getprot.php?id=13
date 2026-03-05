--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -90,54 +90,54 @@
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Тишков Иван</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>Калашников Валерий</t>
   </si>
   <si>
+    <t>Зайков Роман</t>
+  </si>
+  <si>
     <t>Болибрух Иван</t>
-  </si>
-[...1 lines deleted...]
-    <t>Зайков Роман</t>
   </si>
   <si>
     <t>Аксенов Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Вдовенко Андрей</t>
   </si>
   <si>
     <t>Козуб Антон</t>
   </si>
   <si>
     <t>Остапенко Алексей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Крылья Востока»</t>
   </si>