--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -129,57 +129,57 @@
   <si>
     <t>Вшивкин Александр</t>
   </si>
   <si>
     <t>Розвезев Михаил</t>
   </si>
   <si>
     <t>Кривошеев Евгений</t>
   </si>
   <si>
     <t>Изотов Сергей</t>
   </si>
   <si>
     <t>Скорняков Игорь</t>
   </si>
   <si>
     <t>Шкурка Вячеслав</t>
   </si>
   <si>
     <t>Каргаполов Михаил</t>
   </si>
   <si>
     <t>Беззубцев Александр</t>
   </si>
   <si>
+    <t>Голубничий Станислав</t>
+  </si>
+  <si>
+    <t>Цимбер Игорь</t>
+  </si>
+  <si>
     <t>Бородин Анатолий</t>
-  </si>
-[...4 lines deleted...]
-    <t>Цимбер Игорь</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Ермак»</t>
   </si>
   <si>
     <t xml:space="preserve">+ 1 </t>
   </si>
   <si>
     <t>Дергунов Антон</t>
   </si>
   <si>
     <t>Краснослободцев Виктор</t>
   </si>
   <si>
     <t>Гавриков Владимир</t>
   </si>
   <si>
     <t>Рыбников Сергей</t>
   </si>
@@ -1371,105 +1371,105 @@
       <c r="B19" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" s="5">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="B20" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5" t="s">
         <v>25</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">