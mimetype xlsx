--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -147,57 +147,57 @@
   <si>
     <t>Вшивкин Александр</t>
   </si>
   <si>
     <t>Розвезев Михаил</t>
   </si>
   <si>
     <t>Изотов Сергей</t>
   </si>
   <si>
     <t>Симонов Вадим</t>
   </si>
   <si>
     <t>Скорняков Игорь</t>
   </si>
   <si>
     <t>Шкурка Вячеслав</t>
   </si>
   <si>
     <t>Каргаполов Михаил</t>
   </si>
   <si>
     <t>Беззубцев Александр</t>
   </si>
   <si>
+    <t>Голубничий Станислав</t>
+  </si>
+  <si>
+    <t>Цимбер Игорь</t>
+  </si>
+  <si>
     <t>Бородин Анатолий</t>
-  </si>
-[...4 lines deleted...]
-    <t>Цимбер Игорь</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Полиметалл 2»</t>
   </si>
   <si>
     <t>02:03</t>
   </si>
   <si>
     <t>04:50</t>
   </si>
   <si>
     <t>06:02</t>
   </si>
   <si>
     <t>42:00</t>
   </si>
   <si>
     <t>09:45</t>
   </si>
@@ -1395,105 +1395,105 @@
       <c r="B20" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="13"/>
       <c r="F20" s="14"/>
       <c r="G20" s="5" t="s">
         <v>32</v>
       </c>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="8"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" s="5">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="B21" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="13"/>
       <c r="D21" s="13"/>
       <c r="E21" s="13"/>
       <c r="F21" s="14"/>
       <c r="G21" s="5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="8"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" s="5">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B22" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C22" s="13"/>
       <c r="D22" s="13"/>
       <c r="E22" s="13"/>
       <c r="F22" s="14"/>
       <c r="G22" s="5" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="8"/>
       <c r="N22" s="6"/>
       <c r="O22" s="6"/>
       <c r="P22" s="6"/>
       <c r="Q22" s="6"/>
       <c r="R22" s="6"/>
       <c r="S22" s="6"/>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" s="5">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B23" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C23" s="13"/>
       <c r="D23" s="13"/>
       <c r="E23" s="13"/>
       <c r="F23" s="14"/>
       <c r="G23" s="5" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="8"/>
       <c r="N23" s="6"/>
       <c r="O23" s="6"/>
       <c r="P23" s="6"/>
       <c r="Q23" s="6"/>
       <c r="R23" s="6"/>
       <c r="S23" s="6"/>
     </row>
     <row r="24" spans="1:19">