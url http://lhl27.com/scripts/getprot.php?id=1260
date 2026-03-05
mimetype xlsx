--- v1 (2026-03-05)
+++ v2 (2026-03-05)
@@ -234,54 +234,54 @@
   <si>
     <t>Галузин Александр</t>
   </si>
   <si>
     <t>Горовой Вячеслав</t>
   </si>
   <si>
     <t>Мамаенко Денис</t>
   </si>
   <si>
     <t>Стариков Михаил</t>
   </si>
   <si>
     <t>Довбня Никита</t>
   </si>
   <si>
     <t>Железняков Александр</t>
   </si>
   <si>
     <t>Иванов Данил</t>
   </si>
   <si>
     <t>Селюжицкий Александр</t>
   </si>
   <si>
+    <t>Капшук Денис</t>
+  </si>
+  <si>
     <t>Кокорников Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Капшук Денис</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>