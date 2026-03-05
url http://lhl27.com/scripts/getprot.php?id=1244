--- v0 (2025-12-07)
+++ v1 (2026-03-05)
@@ -147,54 +147,54 @@
   <si>
     <t>Кривошеев Александр</t>
   </si>
   <si>
     <t>Вшивкин Александр</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>Кривошеев Евгений</t>
   </si>
   <si>
     <t>Изотов Сергей</t>
   </si>
   <si>
     <t>Скорняков Игорь</t>
   </si>
   <si>
     <t>Шкурка Вячеслав</t>
   </si>
   <si>
     <t>Беззубцев Александр</t>
   </si>
   <si>
+    <t>Цимбер Игорь</t>
+  </si>
+  <si>
     <t>Бородин Анатолий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Цимбер Игорь</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Гранит»</t>
   </si>
   <si>
     <t>Петров Егор</t>
   </si>
   <si>
     <t>01:49</t>
   </si>
   <si>
     <t>16:40</t>
   </si>
   <si>
     <t>Дьяконенко Иван</t>
   </si>
   <si>
     <t>02:47</t>
   </si>
@@ -982,51 +982,51 @@
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5"/>
       <c r="H6" s="6">
         <v>2</v>
       </c>
       <c r="I6" s="6"/>
       <c r="J6" s="6" t="s">
         <v>24</v>
       </c>
       <c r="K6" s="6">
         <v>91</v>
       </c>
       <c r="L6" s="6">
         <v>8</v>
       </c>
       <c r="M6" s="8">
         <v>0</v>
       </c>
       <c r="N6" s="6" t="s">
         <v>25</v>
       </c>
       <c r="O6" s="6">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="P6" s="6">
         <v>2</v>
       </c>
       <c r="Q6" s="6">
         <v>2</v>
       </c>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
         <v>4</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>27</v>
       </c>
       <c r="H7" s="6">
@@ -1316,78 +1316,78 @@
       <c r="B17" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C17" s="13"/>
       <c r="D17" s="13"/>
       <c r="E17" s="13"/>
       <c r="F17" s="14"/>
       <c r="G17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="H17" s="6"/>
       <c r="I17" s="6"/>
       <c r="J17" s="6"/>
       <c r="K17" s="6"/>
       <c r="L17" s="6"/>
       <c r="M17" s="8"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="5">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="B18" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="14"/>
       <c r="G18" s="5" t="s">
         <v>31</v>
       </c>
       <c r="H18" s="6"/>
       <c r="I18" s="6"/>
       <c r="J18" s="6"/>
       <c r="K18" s="6"/>
       <c r="L18" s="6"/>
       <c r="M18" s="8"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" s="5">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B19" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C19" s="13"/>
       <c r="D19" s="13"/>
       <c r="E19" s="13"/>
       <c r="F19" s="14"/>
       <c r="G19" s="5" t="s">
         <v>31</v>
       </c>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
       <c r="K19" s="6"/>
       <c r="L19" s="6"/>
       <c r="M19" s="8"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
     </row>
     <row r="20" spans="1:19">