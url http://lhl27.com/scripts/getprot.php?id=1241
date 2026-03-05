--- v0 (2025-12-10)
+++ v1 (2026-03-05)
@@ -171,102 +171,102 @@
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Спарта»</t>
   </si>
   <si>
     <t>- 1</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>13:14</t>
   </si>
   <si>
     <t>Петров Егор</t>
   </si>
   <si>
     <t>17:07</t>
   </si>
   <si>
+    <t>Данилкин Сергей</t>
+  </si>
+  <si>
+    <t>20:09</t>
+  </si>
+  <si>
+    <t>Кочубей Дмитрий</t>
+  </si>
+  <si>
+    <t>43:31</t>
+  </si>
+  <si>
+    <t>Шешнев Дмитрий</t>
+  </si>
+  <si>
+    <t>Чу Артур</t>
+  </si>
+  <si>
+    <t>Лопухов Егор</t>
+  </si>
+  <si>
+    <t>Назаров Дмитрий</t>
+  </si>
+  <si>
+    <t>Зеленский Кирилл</t>
+  </si>
+  <si>
+    <t>Омельченко Александр</t>
+  </si>
+  <si>
+    <t>Ащеулов Александр</t>
+  </si>
+  <si>
+    <t>Юн Олег</t>
+  </si>
+  <si>
+    <t>Нистор Евгений</t>
+  </si>
+  <si>
+    <t>Михайлов Александр</t>
+  </si>
+  <si>
+    <t>Абросимов Александр</t>
+  </si>
+  <si>
+    <t>Егорычев Игорь</t>
+  </si>
+  <si>
+    <t>Дереча Евгений</t>
+  </si>
+  <si>
     <t>Левицкий Борис</t>
-  </si>
-[...49 lines deleted...]
-    <t>Дереча Евгений</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1723,161 +1723,161 @@
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
         <v>1</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
         <v>50</v>
       </c>
       <c r="O32" s="7">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>13</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>52</v>
       </c>
       <c r="O33" s="7">
         <v>36</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>1</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7" t="s">
         <v>54</v>
       </c>
       <c r="O34" s="7">
         <v>36</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>2</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
@@ -1897,132 +1897,132 @@
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
         <v>19</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" s="7">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C39" s="13"/>
       <c r="D39" s="13"/>
       <c r="E39" s="13"/>
       <c r="F39" s="14"/>
       <c r="G39" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="7"/>
       <c r="M39" s="7"/>
       <c r="N39" s="7"/>
       <c r="O39" s="7"/>
       <c r="P39" s="7"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="7"/>
       <c r="S39" s="7"/>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" s="7">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="B40" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C40" s="13"/>
       <c r="D40" s="13"/>
       <c r="E40" s="13"/>
       <c r="F40" s="14"/>
       <c r="G40" s="7" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="7"/>
       <c r="M40" s="7"/>
       <c r="N40" s="7"/>
       <c r="O40" s="7"/>
       <c r="P40" s="7"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="7"/>
       <c r="S40" s="7"/>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" s="7">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C41" s="13"/>
       <c r="D41" s="13"/>
       <c r="E41" s="13"/>
       <c r="F41" s="14"/>
       <c r="G41" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="7"/>
       <c r="J41" s="7"/>
       <c r="K41" s="7"/>
       <c r="L41" s="7"/>
       <c r="M41" s="7"/>
       <c r="N41" s="7"/>
       <c r="O41" s="7"/>
       <c r="P41" s="7"/>
       <c r="Q41" s="7"/>
       <c r="R41" s="7"/>
       <c r="S41" s="7"/>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" s="7">
         <v>36</v>
       </c>
       <c r="B42" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C42" s="13"/>
       <c r="D42" s="13"/>
       <c r="E42" s="13"/>
       <c r="F42" s="14"/>
@@ -2059,159 +2059,159 @@
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="7"/>
       <c r="M43" s="7"/>
       <c r="N43" s="7"/>
       <c r="O43" s="7"/>
       <c r="P43" s="7"/>
       <c r="Q43" s="7"/>
       <c r="R43" s="7"/>
       <c r="S43" s="7"/>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" s="7">
         <v>63</v>
       </c>
       <c r="B44" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C44" s="13"/>
       <c r="D44" s="13"/>
       <c r="E44" s="13"/>
       <c r="F44" s="14"/>
       <c r="G44" s="7" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="7"/>
       <c r="M44" s="7"/>
       <c r="N44" s="7"/>
       <c r="O44" s="7"/>
       <c r="P44" s="7"/>
       <c r="Q44" s="7"/>
       <c r="R44" s="7"/>
       <c r="S44" s="7"/>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" s="7">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="B45" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C45" s="13"/>
       <c r="D45" s="13"/>
       <c r="E45" s="13"/>
       <c r="F45" s="14"/>
       <c r="G45" s="7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="7"/>
       <c r="M45" s="7"/>
       <c r="N45" s="7"/>
       <c r="O45" s="7"/>
       <c r="P45" s="7"/>
       <c r="Q45" s="7"/>
       <c r="R45" s="7"/>
       <c r="S45" s="7"/>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" s="7">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="B46" s="12" t="s">
         <v>66</v>
       </c>
       <c r="C46" s="13"/>
       <c r="D46" s="13"/>
       <c r="E46" s="13"/>
       <c r="F46" s="14"/>
       <c r="G46" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="7"/>
       <c r="M46" s="7"/>
       <c r="N46" s="7"/>
       <c r="O46" s="7"/>
       <c r="P46" s="7"/>
       <c r="Q46" s="7"/>
       <c r="R46" s="7"/>
       <c r="S46" s="7"/>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" s="7">
-        <v>78</v>
+        <v>90</v>
       </c>
       <c r="B47" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C47" s="13"/>
       <c r="D47" s="13"/>
       <c r="E47" s="13"/>
       <c r="F47" s="14"/>
       <c r="G47" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="7"/>
       <c r="M47" s="7"/>
       <c r="N47" s="7"/>
       <c r="O47" s="7"/>
       <c r="P47" s="7"/>
       <c r="Q47" s="7"/>
       <c r="R47" s="7"/>
       <c r="S47" s="7"/>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" s="7">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="B48" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C48" s="13"/>
       <c r="D48" s="13"/>
       <c r="E48" s="13"/>
       <c r="F48" s="14"/>
       <c r="G48" s="7" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="7"/>
       <c r="M48" s="7"/>
       <c r="N48" s="7"/>
       <c r="O48" s="7"/>
       <c r="P48" s="7"/>
       <c r="Q48" s="7"/>
       <c r="R48" s="7"/>
       <c r="S48" s="7"/>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" s="7"/>
       <c r="B49" s="12"/>
       <c r="C49" s="13"/>
       <c r="D49" s="13"/>
       <c r="E49" s="13"/>
       <c r="F49" s="14"/>
       <c r="G49" s="7"/>
       <c r="H49" s="7"/>
       <c r="I49" s="7"/>
       <c r="J49" s="7"/>