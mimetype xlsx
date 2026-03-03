--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -87,60 +87,60 @@
   <si>
     <t>Г</t>
   </si>
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>23:53</t>
   </si>
   <si>
+    <t>Платов Сергей</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
     <t>Двоеглазов Андрей</t>
   </si>
   <si>
-    <t>Нп</t>
-[...1 lines deleted...]
-  <si>
     <t>Медвикус Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Платов Сергей</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Рекун Сергей</t>
   </si>
   <si>
     <t>Еникеев Дмитрий</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -927,105 +927,105 @@
       <c r="H5" s="6">
         <v>1</v>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K5" s="5">
         <v>5</v>
       </c>
       <c r="L5" s="5">
         <v>34</v>
       </c>
       <c r="M5" s="8">
         <v>0</v>
       </c>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
       <c r="P5" s="6"/>
       <c r="Q5" s="6"/>
       <c r="R5" s="6"/>
       <c r="S5" s="6"/>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" s="5">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B6" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="13"/>
       <c r="F6" s="14"/>
       <c r="G6" s="5" t="s">
         <v>24</v>
       </c>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="8"/>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
       <c r="P6" s="6"/>
       <c r="Q6" s="6"/>
       <c r="R6" s="6"/>
       <c r="S6" s="6"/>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" s="5">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B7" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="13"/>
       <c r="F7" s="14"/>
       <c r="G7" s="5" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="6"/>
       <c r="I7" s="6"/>
       <c r="J7" s="6"/>
       <c r="K7" s="6"/>
       <c r="L7" s="6"/>
       <c r="M7" s="8"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="6"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" s="5">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="13"/>
       <c r="F8" s="14"/>
       <c r="G8" s="5" t="s">
         <v>24</v>
       </c>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
       <c r="J8" s="6"/>
       <c r="K8" s="6"/>
       <c r="L8" s="6"/>
       <c r="M8" s="8"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="6"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
     </row>
     <row r="9" spans="1:19">