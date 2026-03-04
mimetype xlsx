--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -90,63 +90,63 @@
   <si>
     <t>П</t>
   </si>
   <si>
     <t xml:space="preserve">Шт </t>
   </si>
   <si>
     <t>Пр</t>
   </si>
   <si>
     <t>Нач</t>
   </si>
   <si>
     <t>Окон</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>29:44</t>
   </si>
   <si>
+    <t>Болдырев Владимир</t>
+  </si>
+  <si>
+    <t>Нп</t>
+  </si>
+  <si>
     <t>Ахметшин Диан</t>
   </si>
   <si>
-    <t>Нп</t>
-[...2 lines deleted...]
-    <t>Болдырев Владимир</t>
+    <t>Израйлев Дмитрий</t>
   </si>
   <si>
     <t>Федоров Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Израйлев Дмитрий</t>
   </si>
   <si>
     <t>Фокин Андрей</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Борисов Сергей</t>
   </si>
   <si>
     <t>Деменюк Константин</t>
   </si>
   <si>
     <t>Саксонин Дмитрий</t>
   </si>
   <si>
     <t>Фокин Евгений</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
     <t>Куликов Денис</t>
   </si>