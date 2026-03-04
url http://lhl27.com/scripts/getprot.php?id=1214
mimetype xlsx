--- v0 (2025-12-07)
+++ v1 (2026-03-04)
@@ -171,81 +171,81 @@
   <si>
     <t>Жилин Алексей</t>
   </si>
   <si>
     <t>Джанбеков Руслан</t>
   </si>
   <si>
     <t>Золотухин Сергей</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Феникс»</t>
   </si>
   <si>
     <t>44:58</t>
   </si>
   <si>
     <t>26:45</t>
   </si>
   <si>
+    <t>Платов Сергей</t>
+  </si>
+  <si>
+    <t>34:17</t>
+  </si>
+  <si>
     <t>Одинец Александр</t>
   </si>
   <si>
-    <t>34:17</t>
+    <t>39:00</t>
   </si>
   <si>
     <t>Двоеглазов Андрей</t>
   </si>
   <si>
-    <t>39:00</t>
-[...1 lines deleted...]
-  <si>
     <t>Медвикус Евгений</t>
   </si>
   <si>
+    <t>33:40</t>
+  </si>
+  <si>
     <t>Павлов Роман</t>
   </si>
   <si>
-    <t>33:40</t>
+    <t>Куликов Всеволод</t>
   </si>
   <si>
     <t>Бойцов Евгений</t>
   </si>
   <si>
-    <t>Куликов Всеволод</t>
-[...1 lines deleted...]
-  <si>
     <t>Шураков Дмитрий</t>
-  </si>
-[...1 lines deleted...]
-    <t>Платов Сергей</t>
   </si>
   <si>
     <t>Шмигер Евгений</t>
   </si>
   <si>
     <t>Митрофанов Федор</t>
   </si>
   <si>
     <t>Грейзик Сергей</t>
   </si>
   <si>
     <t>Бирюков Станислав</t>
   </si>
   <si>
     <t>Москалев Алексей</t>
   </si>
   <si>
     <t>Летюк Денис</t>
   </si>
   <si>
     <t>Герасимов Андрей</t>
   </si>
   <si>
     <t>Сычев Артем</t>
   </si>
@@ -1698,272 +1698,272 @@
         <v>15</v>
       </c>
       <c r="L30" s="7">
         <v>0</v>
       </c>
       <c r="M30" s="7">
         <v>0</v>
       </c>
       <c r="N30" s="7" t="s">
         <v>50</v>
       </c>
       <c r="O30" s="7">
         <v>64</v>
       </c>
       <c r="P30" s="7">
         <v>2</v>
       </c>
       <c r="Q30" s="7">
         <v>13</v>
       </c>
       <c r="R30" s="7"/>
       <c r="S30" s="7"/>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" s="7">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C31" s="13"/>
       <c r="D31" s="13"/>
       <c r="E31" s="13"/>
       <c r="F31" s="14"/>
       <c r="G31" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="7"/>
       <c r="M31" s="7"/>
       <c r="N31" s="7" t="s">
         <v>52</v>
       </c>
       <c r="O31" s="7">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="P31" s="7">
         <v>2</v>
       </c>
       <c r="Q31" s="7">
         <v>5</v>
       </c>
       <c r="R31" s="7"/>
       <c r="S31" s="7"/>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" s="7">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C32" s="13"/>
       <c r="D32" s="13"/>
       <c r="E32" s="13"/>
       <c r="F32" s="14"/>
       <c r="G32" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="7"/>
       <c r="J32" s="7"/>
       <c r="K32" s="7"/>
       <c r="L32" s="7"/>
       <c r="M32" s="7"/>
       <c r="N32" s="7" t="s">
         <v>54</v>
       </c>
       <c r="O32" s="7">
         <v>12</v>
       </c>
       <c r="P32" s="7">
         <v>2</v>
       </c>
       <c r="Q32" s="7">
         <v>6</v>
       </c>
       <c r="R32" s="7"/>
       <c r="S32" s="7"/>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" s="7">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C33" s="13"/>
       <c r="D33" s="13"/>
       <c r="E33" s="13"/>
       <c r="F33" s="14"/>
       <c r="G33" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7" t="s">
         <v>22</v>
       </c>
       <c r="O33" s="7">
         <v>89</v>
       </c>
       <c r="P33" s="7">
         <v>2</v>
       </c>
       <c r="Q33" s="7">
         <v>19</v>
       </c>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" s="7">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C34" s="13"/>
       <c r="D34" s="13"/>
       <c r="E34" s="13"/>
       <c r="F34" s="14"/>
       <c r="G34" s="7" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="7"/>
       <c r="M34" s="7"/>
       <c r="N34" s="7" t="s">
         <v>57</v>
       </c>
       <c r="O34" s="7">
         <v>89</v>
       </c>
       <c r="P34" s="7">
         <v>2</v>
       </c>
       <c r="Q34" s="7">
         <v>8</v>
       </c>
       <c r="R34" s="7"/>
       <c r="S34" s="7"/>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" s="7">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B35" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C35" s="13"/>
       <c r="D35" s="13"/>
       <c r="E35" s="13"/>
       <c r="F35" s="14"/>
       <c r="G35" s="7" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="7"/>
       <c r="M35" s="7"/>
       <c r="N35" s="7"/>
       <c r="O35" s="7"/>
       <c r="P35" s="7"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="7"/>
       <c r="S35" s="7"/>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" s="7">
         <v>14</v>
       </c>
       <c r="B36" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C36" s="13"/>
       <c r="D36" s="13"/>
       <c r="E36" s="13"/>
       <c r="F36" s="14"/>
       <c r="G36" s="7" t="s">
         <v>28</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="7"/>
       <c r="M36" s="7"/>
       <c r="N36" s="7"/>
       <c r="O36" s="7"/>
       <c r="P36" s="7"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="7"/>
       <c r="S36" s="7"/>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" s="7">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B37" s="12" t="s">
         <v>60</v>
       </c>
       <c r="C37" s="13"/>
       <c r="D37" s="13"/>
       <c r="E37" s="13"/>
       <c r="F37" s="14"/>
       <c r="G37" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="7"/>
       <c r="M37" s="7"/>
       <c r="N37" s="7"/>
       <c r="O37" s="7"/>
       <c r="P37" s="7"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="7"/>
       <c r="S37" s="7"/>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" s="7">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B38" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C38" s="13"/>
       <c r="D38" s="13"/>
       <c r="E38" s="13"/>
       <c r="F38" s="14"/>
       <c r="G38" s="7" t="s">
         <v>33</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="7"/>
       <c r="M38" s="7"/>
       <c r="N38" s="7"/>
       <c r="O38" s="7"/>
       <c r="P38" s="7"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="7"/>
       <c r="S38" s="7"/>
     </row>
     <row r="39" spans="1:19">