--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -195,54 +195,54 @@
   <si>
     <t>28:33</t>
   </si>
   <si>
     <t>Ежиков Игорь</t>
   </si>
   <si>
     <t>40:02</t>
   </si>
   <si>
     <t>Галушко Александр</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>Мальцев Виктор</t>
   </si>
   <si>
     <t>Застеба Артём</t>
   </si>
   <si>
+    <t>Овечкин Сергей</t>
+  </si>
+  <si>
     <t>Краснопольский Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Овечкин Сергей</t>
   </si>
   <si>
     <t>Тимченко Игорь</t>
   </si>
   <si>
     <t>Трухляев Александр</t>
   </si>
   <si>
     <t>Устюжанин Сергей</t>
   </si>
   <si>
     <t>Лисичкин Виталий</t>
   </si>
   <si>
     <t>Ломакин Валерий</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>