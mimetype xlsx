--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -141,54 +141,54 @@
   <si>
     <t>22:50</t>
   </si>
   <si>
     <t>Егорычев Евгений</t>
   </si>
   <si>
     <t>38:42</t>
   </si>
   <si>
     <t>Шахматов Сергей</t>
   </si>
   <si>
     <t>44:58</t>
   </si>
   <si>
     <t>Карпов Константин</t>
   </si>
   <si>
     <t>Доценко Владимир</t>
   </si>
   <si>
     <t>Вр</t>
   </si>
   <si>
+    <t>Троценко Антон</t>
+  </si>
+  <si>
     <t>Середа Андрей</t>
-  </si>
-[...1 lines deleted...]
-    <t>Троценко Антон</t>
   </si>
   <si>
     <t>Куракин Григорий</t>
   </si>
   <si>
     <t>Борисов Егор</t>
   </si>
   <si>
     <t>Чайка Роман</t>
   </si>
   <si>
     <t>Чечурин Максим</t>
   </si>
   <si>
     <t>Родионов Андрей</t>
   </si>
   <si>
     <t>Колюбанов Денис</t>
   </si>
   <si>
     <t>Беспалов Евгений</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
@@ -1202,78 +1202,78 @@
       <c r="H12" s="6"/>
       <c r="I12" s="6"/>
       <c r="J12" s="6"/>
       <c r="K12" s="6"/>
       <c r="L12" s="6"/>
       <c r="M12" s="8"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="6"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" s="5">
         <v>22</v>
       </c>
       <c r="B13" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="13"/>
       <c r="F13" s="14"/>
       <c r="G13" s="5" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="H13" s="6"/>
       <c r="I13" s="6"/>
       <c r="J13" s="6"/>
       <c r="K13" s="6"/>
       <c r="L13" s="6"/>
       <c r="M13" s="8"/>
       <c r="N13" s="6"/>
       <c r="O13" s="6"/>
       <c r="P13" s="6"/>
       <c r="Q13" s="6"/>
       <c r="R13" s="6"/>
       <c r="S13" s="6"/>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="5">
         <v>22</v>
       </c>
       <c r="B14" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="14"/>
       <c r="G14" s="5" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="H14" s="6"/>
       <c r="I14" s="6"/>
       <c r="J14" s="6"/>
       <c r="K14" s="6"/>
       <c r="L14" s="6"/>
       <c r="M14" s="8"/>
       <c r="N14" s="6"/>
       <c r="O14" s="6"/>
       <c r="P14" s="6"/>
       <c r="Q14" s="6"/>
       <c r="R14" s="6"/>
       <c r="S14" s="6"/>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="5">
         <v>23</v>
       </c>
       <c r="B15" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="14"/>