--- v0 (2025-12-08)
+++ v1 (2026-03-05)
@@ -210,54 +210,54 @@
   <si>
     <t>Гамей Александр</t>
   </si>
   <si>
     <t>Нестеров Виталий</t>
   </si>
   <si>
     <t>Ду Роман</t>
   </si>
   <si>
     <t>Царегородцев Сергей</t>
   </si>
   <si>
     <t>Вороненко Александр</t>
   </si>
   <si>
     <t>Богач Владислав</t>
   </si>
   <si>
     <t>Шерстнев Роман</t>
   </si>
   <si>
     <t>Есягин Марк</t>
   </si>
   <si>
+    <t>Иокша Александр</t>
+  </si>
+  <si>
     <t>Казимирчук Александр</t>
-  </si>
-[...1 lines deleted...]
-    <t>Иокша Александр</t>
   </si>
   <si>
     <t>Овчинников Александр</t>
   </si>
   <si>
     <t>Гончаров Алексей</t>
   </si>
   <si>
     <t>Новиков Сергей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>