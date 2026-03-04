--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -132,59 +132,59 @@
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>39:43</t>
   </si>
   <si>
     <t>Акшонов Игорь</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>43:00</t>
   </si>
   <si>
     <t>Дмитриев Максим</t>
   </si>
   <si>
     <t>Абрамов Алексей</t>
   </si>
   <si>
     <t>Балакирев Владимир</t>
   </si>
   <si>
+    <t>Соловьев Сергей</t>
+  </si>
+  <si>
     <t>Колбин Валерий</t>
   </si>
   <si>
     <t>Кириленко Евгений</t>
   </si>
   <si>
-    <t>Соловьев Сергей</t>
-[...1 lines deleted...]
-  <si>
     <t>Коротич Алексей</t>
   </si>
   <si>
     <t>Первушов Александр</t>
   </si>
   <si>
     <t>Попов Олег</t>
   </si>
   <si>
     <t>Ледовский Алексей</t>
   </si>
   <si>
     <t>Жгарев Валерий</t>
   </si>
   <si>
     <t>Султанов Эльшан</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Полиметалл»</t>
@@ -222,54 +222,54 @@
   <si>
     <t>Корчагин Руслан</t>
   </si>
   <si>
     <t>Марков Николай</t>
   </si>
   <si>
     <t>Тихоньких Андрей</t>
   </si>
   <si>
     <t>Меньшов Константин</t>
   </si>
   <si>
     <t>Стариков Михаил</t>
   </si>
   <si>
     <t>Довбня Никита</t>
   </si>
   <si>
     <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Черепанов Константин</t>
   </si>
   <si>
+    <t>Чье Артем</t>
+  </si>
+  <si>
     <t>Подлесный Евгений</t>
-  </si>
-[...1 lines deleted...]
-    <t>Чье Артем</t>
   </si>
   <si>
     <t>Андриенко Алексей</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>
   <si>
     <t>Секретари матча</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>