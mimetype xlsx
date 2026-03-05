--- v0 (2025-12-11)
+++ v1 (2026-03-05)
@@ -207,54 +207,54 @@
   <si>
     <t>Долбенко Михаил</t>
   </si>
   <si>
     <t>ПБ</t>
   </si>
   <si>
     <t>45:00</t>
   </si>
   <si>
     <t>Афанасьев Александр</t>
   </si>
   <si>
     <t>Бабич Илья</t>
   </si>
   <si>
     <t>Хританков Кирилл</t>
   </si>
   <si>
     <t>Вязников Павел</t>
   </si>
   <si>
     <t>Егоров Марк</t>
   </si>
   <si>
+    <t>Кувшинов Сергей</t>
+  </si>
+  <si>
     <t>Веремейчик Вячеслав</t>
-  </si>
-[...1 lines deleted...]
-    <t>Кувшинов Сергей</t>
   </si>
   <si>
     <t>Миронов Виктор</t>
   </si>
   <si>
     <t>Соколов Павел</t>
   </si>
   <si>
     <t>Величко Александр</t>
   </si>
   <si>
     <t>Чеклуев Сергей</t>
   </si>
   <si>
     <t>Семендяев Евгений</t>
   </si>
   <si>
     <t>Браславский Леонид</t>
   </si>
   <si>
     <t>Крутский Валерий</t>
   </si>
   <si>
     <t>Гребенюк Александр</t>
   </si>