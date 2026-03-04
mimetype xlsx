--- v0 (2025-12-08)
+++ v1 (2026-03-04)
@@ -165,57 +165,57 @@
   <si>
     <t>Чечелев Егор</t>
   </si>
   <si>
     <t>Ходячих Александр</t>
   </si>
   <si>
     <t>Главный тренер</t>
   </si>
   <si>
     <t>Подписи</t>
   </si>
   <si>
     <t>Команда « Б » «Хабрайон»</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>3:33</t>
   </si>
   <si>
     <t>18:12</t>
   </si>
   <si>
+    <t>Коломиец Виктор</t>
+  </si>
+  <si>
+    <t>4:44</t>
+  </si>
+  <si>
     <t>Заикин Илья</t>
-  </si>
-[...4 lines deleted...]
-    <t>Коломиец Виктор</t>
   </si>
   <si>
     <t>7:03</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>+1</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>Денисенко Максим</t>
   </si>
   <si>
     <t>39:44</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>43:14</t>
   </si>