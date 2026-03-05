--- v0 (2026-03-04)
+++ v1 (2026-03-05)
@@ -108,59 +108,59 @@
   <si>
     <t>0:51</t>
   </si>
   <si>
     <t>2:52</t>
   </si>
   <si>
     <t>18:07</t>
   </si>
   <si>
     <t>21:50</t>
   </si>
   <si>
     <t>Тортоев Василий</t>
   </si>
   <si>
     <t>Нп</t>
   </si>
   <si>
     <t>34:04</t>
   </si>
   <si>
     <t>27:39</t>
   </si>
   <si>
+    <t>Заикин Илья</t>
+  </si>
+  <si>
+    <t>31:27</t>
+  </si>
+  <si>
     <t>Коломиец Виктор</t>
   </si>
   <si>
-    <t>31:27</t>
-[...4 lines deleted...]
-  <si>
     <t>39:39</t>
   </si>
   <si>
     <t>Трофимович Дмитрий</t>
   </si>
   <si>
     <t>Зщ</t>
   </si>
   <si>
     <t>Денисенко Максим</t>
   </si>
   <si>
     <t>Казаченок Руслан</t>
   </si>
   <si>
     <t>Чжан-Цзы-Фа Максим</t>
   </si>
   <si>
     <t>Алемасов Андрей</t>
   </si>
   <si>
     <t>Маслов Алексей</t>
   </si>
   <si>
     <t>Вр</t>
@@ -210,57 +210,57 @@
   <si>
     <t>28:17</t>
   </si>
   <si>
     <t>33:20</t>
   </si>
   <si>
     <t>Акшонов Игорь</t>
   </si>
   <si>
     <t>35:48</t>
   </si>
   <si>
     <t>44:26</t>
   </si>
   <si>
     <t>Дмитриев Максим</t>
   </si>
   <si>
     <t>Абрамов Алексей</t>
   </si>
   <si>
     <t>Кучинский Михаил</t>
   </si>
   <si>
+    <t>Соловьев Сергей</t>
+  </si>
+  <si>
+    <t>Колбин Валерий</t>
+  </si>
+  <si>
     <t>Кириленко Евгений</t>
-  </si>
-[...4 lines deleted...]
-    <t>Колбин Валерий</t>
   </si>
   <si>
     <t>Коротич Алексей</t>
   </si>
   <si>
     <t>Первушов Александр</t>
   </si>
   <si>
     <t>Новоселов Константин</t>
   </si>
   <si>
     <t>Попов Олег</t>
   </si>
   <si>
     <t>Жгарев Валерий</t>
   </si>
   <si>
     <t>Султанов Эльшан</t>
   </si>
   <si>
     <t>Судейская бригада</t>
   </si>
   <si>
     <t>Судьи в поле</t>
   </si>